--- v0 (2026-01-21)
+++ v1 (2026-03-05)
@@ -3,58 +3,58 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CPS\CPS ORDER DESK\Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ECFA8699-8E5F-40FD-823E-B359154598B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04BE75DA-557B-4F3E-AD81-284751CB18B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$H$65</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -853,56 +853,50 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
@@ -917,50 +911,56 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="15" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="15" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1292,386 +1292,386 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF62"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I20" sqref="I20"/>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="28.109375" customWidth="1"/>
     <col min="2" max="2" width="15.5546875" customWidth="1"/>
     <col min="3" max="3" width="2.6640625" customWidth="1"/>
     <col min="4" max="4" width="16.44140625" customWidth="1"/>
     <col min="5" max="5" width="2.6640625" customWidth="1"/>
     <col min="6" max="6" width="13.6640625" customWidth="1"/>
     <col min="7" max="7" width="2.6640625" customWidth="1"/>
     <col min="8" max="8" width="15.6640625" customWidth="1"/>
     <col min="9" max="9" width="19.6640625" customWidth="1"/>
     <col min="10" max="28" width="0" hidden="1" customWidth="1"/>
     <col min="31" max="31" width="38" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" ht="64.2" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B1" s="33"/>
-      <c r="C1" s="42" t="s">
+      <c r="C1" s="57" t="s">
         <v>77</v>
       </c>
-      <c r="D1" s="42"/>
-[...3 lines deleted...]
-      <c r="H1" s="42"/>
+      <c r="D1" s="57"/>
+      <c r="E1" s="57"/>
+      <c r="F1" s="57"/>
+      <c r="G1" s="57"/>
+      <c r="H1" s="57"/>
     </row>
     <row r="2" spans="1:32" ht="42.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A2" s="43" t="s">
+      <c r="A2" s="58" t="s">
         <v>69</v>
       </c>
-      <c r="B2" s="43"/>
-[...5 lines deleted...]
-      <c r="H2" s="43"/>
+      <c r="B2" s="58"/>
+      <c r="C2" s="58"/>
+      <c r="D2" s="58"/>
+      <c r="E2" s="58"/>
+      <c r="F2" s="58"/>
+      <c r="G2" s="58"/>
+      <c r="H2" s="58"/>
     </row>
     <row r="3" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A3" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="44"/>
-[...5 lines deleted...]
-      <c r="H3" s="46"/>
+      <c r="B3" s="42"/>
+      <c r="C3" s="43"/>
+      <c r="D3" s="43"/>
+      <c r="E3" s="43"/>
+      <c r="F3" s="43"/>
+      <c r="G3" s="43"/>
+      <c r="H3" s="44"/>
       <c r="AF3" s="32"/>
     </row>
     <row r="4" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="44"/>
-[...5 lines deleted...]
-      <c r="H4" s="46"/>
+      <c r="B4" s="42"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="43"/>
+      <c r="E4" s="43"/>
+      <c r="F4" s="43"/>
+      <c r="G4" s="43"/>
+      <c r="H4" s="44"/>
       <c r="AF4" s="32"/>
     </row>
     <row r="5" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A5" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="44"/>
-[...5 lines deleted...]
-      <c r="H5" s="46"/>
+      <c r="B5" s="42"/>
+      <c r="C5" s="43"/>
+      <c r="D5" s="43"/>
+      <c r="E5" s="43"/>
+      <c r="F5" s="43"/>
+      <c r="G5" s="43"/>
+      <c r="H5" s="44"/>
       <c r="AF5" s="32"/>
     </row>
     <row r="6" spans="1:32" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AF6" s="32"/>
     </row>
     <row r="7" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A7" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="44"/>
-[...5 lines deleted...]
-      <c r="H7" s="46"/>
+      <c r="B7" s="42"/>
+      <c r="C7" s="43"/>
+      <c r="D7" s="43"/>
+      <c r="E7" s="43"/>
+      <c r="F7" s="43"/>
+      <c r="G7" s="43"/>
+      <c r="H7" s="44"/>
       <c r="AF7" s="32"/>
     </row>
     <row r="8" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A8" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="44"/>
-[...5 lines deleted...]
-      <c r="H8" s="46"/>
+      <c r="B8" s="42"/>
+      <c r="C8" s="43"/>
+      <c r="D8" s="43"/>
+      <c r="E8" s="43"/>
+      <c r="F8" s="43"/>
+      <c r="G8" s="43"/>
+      <c r="H8" s="44"/>
       <c r="AF8" s="32"/>
     </row>
     <row r="9" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A9" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="44"/>
-[...5 lines deleted...]
-      <c r="H9" s="46"/>
+      <c r="B9" s="42"/>
+      <c r="C9" s="43"/>
+      <c r="D9" s="43"/>
+      <c r="E9" s="43"/>
+      <c r="F9" s="43"/>
+      <c r="G9" s="43"/>
+      <c r="H9" s="44"/>
     </row>
     <row r="10" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A10" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="57"/>
-[...5 lines deleted...]
-      <c r="H10" s="46"/>
+      <c r="B10" s="55"/>
+      <c r="C10" s="56"/>
+      <c r="D10" s="43"/>
+      <c r="E10" s="43"/>
+      <c r="F10" s="43"/>
+      <c r="G10" s="43"/>
+      <c r="H10" s="44"/>
     </row>
     <row r="11" spans="1:32" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="12" spans="1:32" ht="18" x14ac:dyDescent="0.35">
       <c r="A12" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="19"/>
       <c r="D12" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="22"/>
       <c r="F12" s="31" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:32" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A13" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="20"/>
       <c r="D13" s="21">
-        <v>1501</v>
+        <v>1590</v>
       </c>
       <c r="E13" s="25"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3"/>
       <c r="H13" s="30">
         <f t="shared" ref="H13:H20" si="0">(D13*F13)</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:32" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A14" s="11" t="s">
         <v>75</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="20"/>
       <c r="D14" s="21">
-        <v>1620</v>
+        <v>1708</v>
       </c>
       <c r="E14" s="25"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3"/>
       <c r="H14" s="30">
         <f t="shared" ref="H14" si="1">(D14*F14)</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:32" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A15" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="20"/>
       <c r="D15" s="21">
-        <v>1433</v>
+        <v>1521</v>
       </c>
       <c r="E15" s="25"/>
       <c r="F15" s="1"/>
       <c r="G15" s="3"/>
       <c r="H15" s="30">
         <f>(D15*F15)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:32" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A16" s="11" t="s">
         <v>76</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C16" s="20"/>
       <c r="D16" s="21">
-        <v>1527</v>
+        <v>1615</v>
       </c>
       <c r="E16" s="25"/>
       <c r="F16" s="1"/>
       <c r="G16" s="3"/>
       <c r="H16" s="30">
         <f>(D16*F16)</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="12" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="20"/>
       <c r="D17" s="21">
-        <v>1066</v>
+        <v>1080</v>
       </c>
       <c r="E17" s="25"/>
       <c r="F17" s="1"/>
       <c r="G17" s="3"/>
       <c r="H17" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="21">
-        <v>898</v>
+        <v>948</v>
       </c>
       <c r="E18" s="25"/>
       <c r="F18" s="1"/>
       <c r="G18" s="3"/>
       <c r="H18" s="30">
         <f>(D18*F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A19" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="20"/>
       <c r="D19" s="21">
-        <v>1501</v>
+        <v>1590</v>
       </c>
       <c r="E19" s="25"/>
       <c r="F19" s="1"/>
       <c r="G19" s="3"/>
       <c r="H19" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A20" s="11" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="20"/>
       <c r="D20" s="21">
-        <v>1433</v>
+        <v>1521</v>
       </c>
       <c r="E20" s="25"/>
       <c r="F20" s="1"/>
       <c r="G20" s="3"/>
       <c r="H20" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C21" s="20"/>
       <c r="D21" s="21">
-        <v>1066</v>
+        <v>1080</v>
       </c>
       <c r="E21" s="25"/>
       <c r="F21" s="1"/>
       <c r="G21" s="3"/>
       <c r="H21" s="30">
         <f t="shared" ref="H21:H22" si="2">(D21*F21)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A22" s="11" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="20"/>
       <c r="D22" s="21">
-        <v>898</v>
+        <v>948</v>
       </c>
       <c r="E22" s="25"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6"/>
       <c r="H22" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="24" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A24" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C24" s="19"/>
       <c r="D24" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="22"/>
       <c r="F24" s="31" t="s">
         <v>12</v>
       </c>
@@ -2158,134 +2158,134 @@
       <c r="A54" s="11" t="s">
         <v>66</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C54" s="20"/>
       <c r="D54" s="21">
         <v>125</v>
       </c>
       <c r="E54" s="25"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6"/>
       <c r="H54" s="21">
         <f>D54*F54</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="56" spans="1:8" ht="36" x14ac:dyDescent="0.35">
       <c r="A56" s="17" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A57" s="48"/>
-[...2 lines deleted...]
-      <c r="D57" s="50"/>
+      <c r="A57" s="46"/>
+      <c r="B57" s="47"/>
+      <c r="C57" s="47"/>
+      <c r="D57" s="48"/>
       <c r="F57" s="27" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="5"/>
       <c r="H57" s="30">
         <f>SUM(H13:H54)</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A58" s="51"/>
-[...2 lines deleted...]
-      <c r="D58" s="53"/>
+      <c r="A58" s="49"/>
+      <c r="B58" s="50"/>
+      <c r="C58" s="50"/>
+      <c r="D58" s="51"/>
       <c r="F58" s="27" t="s">
         <v>18</v>
       </c>
       <c r="G58" s="5"/>
       <c r="H58" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A59" s="51"/>
-[...2 lines deleted...]
-      <c r="D59" s="53"/>
+      <c r="A59" s="49"/>
+      <c r="B59" s="50"/>
+      <c r="C59" s="50"/>
+      <c r="D59" s="51"/>
       <c r="F59" s="27" t="s">
         <v>19</v>
       </c>
       <c r="G59" s="5"/>
       <c r="H59" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A60" s="54"/>
-[...2 lines deleted...]
-      <c r="D60" s="56"/>
+      <c r="A60" s="52"/>
+      <c r="B60" s="53"/>
+      <c r="C60" s="53"/>
+      <c r="D60" s="54"/>
       <c r="F60" s="27" t="s">
         <v>20</v>
       </c>
       <c r="G60" s="5"/>
       <c r="H60" s="30">
         <f>SUM(H57:H59)</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A62" s="47" t="s">
+      <c r="A62" s="45" t="s">
         <v>78</v>
       </c>
-      <c r="B62" s="47"/>
-[...5 lines deleted...]
-      <c r="H62" s="47"/>
+      <c r="B62" s="45"/>
+      <c r="C62" s="45"/>
+      <c r="D62" s="45"/>
+      <c r="E62" s="45"/>
+      <c r="F62" s="45"/>
+      <c r="G62" s="45"/>
+      <c r="H62" s="45"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="A912cDvcILT0AS4uZXQau4e2s1R00YZWNhjCmCAv+OU1sXfIKmTmXj3Hgi+Y4Ry/5aexRB4R0GoFLXcez+LlDg==" saltValue="bKNuWbZJuyTtwFlOGGau/g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="GS2/0WLNJJUxF3GgfSGwEoaorj6gVx0BrKMckdmR/XUcojMt4/Y0pW9FscuCFx3bt8zgcSoGAfrn+FqnE1B0dw==" saltValue="EpKq8RhxysTHVGWd7P/6NQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="11">
+    <mergeCell ref="C1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="B3:H3"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="B5:H5"/>
     <mergeCell ref="B7:H7"/>
     <mergeCell ref="A62:H62"/>
     <mergeCell ref="A57:D60"/>
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="B9:H9"/>
     <mergeCell ref="B10:H10"/>
-    <mergeCell ref="C1:H1"/>
-[...3 lines deleted...]
-    <mergeCell ref="B5:H5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.4" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="63" fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="55" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">