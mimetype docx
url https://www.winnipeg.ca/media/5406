--- v0 (2026-01-09)
+++ v1 (2026-03-23)
@@ -107,69 +107,69 @@
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AE894E6" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="00CF67F6" w:rsidRDefault="00C34FF2" w:rsidP="00FF5D94">
       <w:pPr>
         <w:spacing w:before="800" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2B5D2549">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>THE CITY OF WINNIPEG</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A51C23" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="00CF67F6" w:rsidRDefault="00C34FF2" w:rsidP="00FF5D94">
+    <w:p w14:paraId="57A51C23" w14:textId="0F3A61EC" w:rsidR="00ED58AF" w:rsidRPr="00CF67F6" w:rsidRDefault="00C34FF2" w:rsidP="00FF5D94">
       <w:pPr>
         <w:spacing w:before="1200" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="60"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF67F6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="60"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>REQUEST FOR PROPOSALS</w:t>
+        <w:t>REQUEST FOR PROPOSAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="743549B9" w14:textId="1F37A06C" w:rsidR="00ED58AF" w:rsidRPr="00D24BE0" w:rsidRDefault="00C34FF2" w:rsidP="53A37C80">
       <w:pPr>
         <w:spacing w:before="800" w:after="300"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53A37C80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
@@ -294,107 +294,99 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06AF9335" w14:textId="77777777" w:rsidR="004B59AB" w:rsidRDefault="004B59AB" w:rsidP="004B59AB">
       <w:pPr>
         <w:pStyle w:val="Comment"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentFont"/>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>SPEC NOTE: Do not use hard returns ( ¶ ) within the Contract Title.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18AF1D57" w14:textId="6466E135" w:rsidR="004B59AB" w:rsidRDefault="004B59AB" w:rsidP="004B59AB">
       <w:pPr>
         <w:pStyle w:val="Comment"/>
       </w:pPr>
       <w:r>
-        <w:t>SPEC NOTE: After inserting RFP No. (</w:t>
-[...7 lines deleted...]
-        <w:t>) and Contract Title, update fields (click Print Preview) to update all required references to the RFP No. and Contract Title.</w:t>
+        <w:t>SPEC NOTE: After inserting RFP No. (nnnn-yyyy) and Contract Title, update fields (click Print Preview) to update all required references to the RFP No. and Contract Title.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11055838" w14:textId="7EFAEA89" w:rsidR="004B59AB" w:rsidRDefault="004B59AB" w:rsidP="004B59AB">
       <w:pPr>
         <w:pStyle w:val="Comment"/>
       </w:pPr>
       <w:r w:rsidRPr="004B59AB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">SPEC NOTE: All clauses included in this template are mandatory and may not be deleted or modified unless </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">a Spec Note Instruction is included in the hidden text otherwise all changes must be </w:t>
       </w:r>
       <w:r w:rsidRPr="004B59AB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>approved in writing by the Manager of Purchasing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FE07AA" w14:textId="375075C8" w:rsidR="004B59AB" w:rsidRDefault="004B59AB" w:rsidP="004B59AB">
+    <w:p w14:paraId="06FE07AA" w14:textId="5CFB1DD7" w:rsidR="004B59AB" w:rsidRDefault="004B59AB" w:rsidP="004B59AB">
       <w:pPr>
         <w:pStyle w:val="Comment"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk199917467"/>
       <w:r>
         <w:t>Version –</w:t>
       </w:r>
       <w:fldSimple w:instr=" DOCPROPERTY  &quot;Template version&quot;  \* MERGEFORMAT ">
-        <w:r w:rsidR="003A0942">
-          <w:t>Negotiated RFP IT 2 Stage 2025 06 10</w:t>
+        <w:r w:rsidR="00FC2851">
+          <w:t>Negotiated RFP IT 2 Stage 2026 03 09</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="398DFFDA" w14:textId="15160602" w:rsidR="004B59AB" w:rsidRDefault="004B59AB" w:rsidP="004B59AB">
       <w:pPr>
         <w:pStyle w:val="ProjectTitle"/>
         <w:rPr>
           <w:rStyle w:val="CommentFont"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E9CBB01" w14:textId="77777777" w:rsidR="004B59AB" w:rsidRDefault="004B59AB" w:rsidP="00FF5D94">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6217,51 +6209,65 @@
       </w:r>
       <w:bookmarkEnd w:id="85"/>
       <w:r w:rsidR="00C34FF2" w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="3C872B40" w14:textId="513FE59C" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="2F5FEAB1">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="87" w:name="_Hlk138053141"/>
       <w:bookmarkStart w:id="88" w:name="_Ref167789728"/>
       <w:r w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>The City may add, delete or amend documents circulated on MERX pursuant to</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2F5FEAB1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2F5FEAB1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may add, delete or amend documents circulated on MERX pursuant to</w:t>
       </w:r>
       <w:r w:rsidR="002A2718" w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE26CE" w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00FE26CE" w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref509564821 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00FE26CE" w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="2B579A"/>
@@ -6285,51 +6291,51 @@
       <w:r w:rsidR="00FE26CE" w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> at any time.  </w:t>
       </w:r>
       <w:bookmarkStart w:id="89" w:name="_Ref487971595"/>
       <w:r w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>Each Proponent is solely responsible to ensure that it:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
     </w:p>
-    <w:p w14:paraId="2892FF88" w14:textId="7E19226D" w:rsidR="00ED58AF" w:rsidRPr="00AA46ED" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
+    <w:p w14:paraId="2892FF88" w14:textId="279CEF82" w:rsidR="00ED58AF" w:rsidRPr="00AA46ED" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle15"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">notifies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">MERX Customer Support </w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">if the Proponent is having difficulty viewing the </w:t>
       </w:r>
       <w:bookmarkStart w:id="90" w:name="_Hlk138053160"/>
@@ -6351,51 +6357,63 @@
         </w:rPr>
         <w:t>or responses to RFIs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA46ED">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">if the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA46ED">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>roponent is having difficulty submitting RFIs or bid responses</w:t>
+        <w:t xml:space="preserve">roponent is having difficulty submitting RFIs or </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6837">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Proposal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA46ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> by submitting an enquiry to MERX addressed to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A61D09C" w14:textId="77777777" w:rsidR="00B21637" w:rsidRDefault="00B21637" w:rsidP="008213A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="058CC01A" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="00AA46ED" w:rsidRDefault="00C34FF2" w:rsidP="4AFB04BE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
@@ -8594,51 +8612,65 @@
       </w:r>
       <w:r w:rsidR="00E67E6B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>3.3.1</w:t>
       </w:r>
       <w:r w:rsidR="00DA2B4D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, the City</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will make arrangements to commence negotiations</w:t>
+        <w:t xml:space="preserve"> will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00645CC2">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>make arrangements</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00645CC2">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to commence negotiations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.  The City reserves the right to specify time limits for the conclusion of successful negotiations.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Both</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> the City</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the Negotiations Proponent</w:t>
       </w:r>
@@ -9669,52 +9701,60 @@
       </w:r>
       <w:r w:rsidR="00E67E6B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>10.1</w:t>
       </w:r>
       <w:r w:rsidR="00DA2B4D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>the City</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> will determine whether to enter into </w:t>
       </w:r>
       <w:r w:rsidR="00E57D71">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Final Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00E57D71">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
@@ -10093,51 +10133,65 @@
       <w:r w:rsidR="00C11A5C" w:rsidRPr="0019692A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0019692A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="525B57F1" w14:textId="0564AA46" w:rsidR="00ED58AF" w:rsidRPr="0019692A" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle15"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0019692A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">seek a Proponent’s acknowledgement of an interpretation by the City of any matters set out in Section </w:t>
+        <w:t xml:space="preserve">seek a Proponent’s acknowledgement of an interpretation by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0019692A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0019692A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of any matters set out in Section </w:t>
       </w:r>
       <w:r w:rsidR="00C11A5C" w:rsidRPr="0019692A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00C11A5C" w:rsidRPr="0019692A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref125025667 \w \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00C11A5C" w:rsidRPr="0019692A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C11A5C" w:rsidRPr="0019692A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
@@ -12804,52 +12858,60 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60906AAD" w14:textId="76DD741B" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>For clarity,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the City</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not obliged to take the actions set out in this </w:t>
       </w:r>
       <w:bookmarkEnd w:id="239"/>
       <w:r w:rsidR="003E4032">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="003E4032">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref149037676 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="003E4032">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="2B579A"/>
@@ -13548,71 +13610,99 @@
       <w:r w:rsidR="00292C19">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006F3DB7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>which may include access by members of City Council.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41CA8B26" w14:textId="3DF3104E" w:rsidR="00ED58AF" w:rsidRPr="006F3DB7" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="275" w:name="_Ref125794365"/>
       <w:r w:rsidRPr="006F3DB7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">To the extent permitted, the City shall treat as confidential, those aspects of a Proposal identified by the Proponent as such in accordance with and by reference to </w:t>
+        <w:t xml:space="preserve">To the extent permitted, the City shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F3DB7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>treat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F3DB7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as confidential, those aspects of a Proposal identified by the Proponent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F3DB7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>as such</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F3DB7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with and by reference to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B0334F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The Freedom of Information and Protection of Privacy Act</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3DB7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Manitoba), as amended.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="275"/>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
     <w:bookmarkEnd w:id="273"/>
-    <w:p w14:paraId="124901A8" w14:textId="3F95B268" w:rsidR="00ED58AF" w:rsidRPr="006F3DB7" w:rsidRDefault="00C34FF2" w:rsidP="2F5FEAB1">
+    <w:p w14:paraId="124901A8" w14:textId="625220C0" w:rsidR="00ED58AF" w:rsidRPr="006F3DB7" w:rsidRDefault="00C34FF2" w:rsidP="2F5FEAB1">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Notwithstanding </w:t>
       </w:r>
       <w:r w:rsidR="00C94899" w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00C94899" w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref125794365 \r \h </w:instrText>
@@ -13658,51 +13748,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> will </w:t>
       </w:r>
       <w:r w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">disclose the name of the Successful Proponent and the value </w:t>
       </w:r>
       <w:r w:rsidR="00C37907">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
       <w:r w:rsidR="00290BBC" w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>Final Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>, including any pricing information provided by a Proponent in its Proposal.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D13D23" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="006F3DB7" w:rsidRDefault="00C34FF2" w:rsidP="2F5FEAB1">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Proponents are advised that the </w:t>
       </w:r>
       <w:bookmarkStart w:id="276" w:name="_Int_395Mp6J3"/>
       <w:r w:rsidRPr="2F5FEAB1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>City</w:t>
       </w:r>
       <w:bookmarkEnd w:id="276"/>
       <w:r w:rsidRPr="2F5FEAB1">
         <w:rPr>
@@ -14150,65 +14240,51 @@
       </w:r>
       <w:r w:rsidR="00942F76">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the Proponent or by any Person to whom the Proponent has disclosed the Confidential Information.  Each Proponent agrees that</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> the City</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> acts as trustee for each of its Advisors and related entities and each of their respective directors, officers, consultants, employees, agents and representatives with respect to all rights contemplated hereunder arising in </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of an Advisor, a related entity or any of their respective directors, officers, consultants, employees, agents or representatives and that</w:t>
+        <w:t xml:space="preserve"> acts as trustee for each of its Advisors and related entities and each of their respective directors, officers, consultants, employees, agents and representatives with respect to all rights contemplated hereunder arising in favour of an Advisor, a related entity or any of their respective directors, officers, consultants, employees, agents or representatives and that</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> the City</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> has agreed to accept such trust and hold and enforce such rights on behalf of each such Advisor or related entity and each of their respective directors, officers, consultants, employees, agents and representatives.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1A1DD5" w14:textId="7F4FA708" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
@@ -14828,126 +14904,103 @@
         <w:t>licence</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> without the consent of the Proponent</w:t>
       </w:r>
       <w:r w:rsidR="00A47D71">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> to use the Proposal Information for the purposes of evaluation of Proposals and the negotiation and execution of any Final Agreement (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Proposal Information </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Proposal Information Licence</w:t>
+      </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>”).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="303"/>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3650552B" w14:textId="17E8B0B1" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="305" w:name="_Ref174088459"/>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Under no circumstances will the Proponent, except the counterparty to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> the City</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Final Agreement in relation to the Goods and/or Services, be liable to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> the City</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or to any other Person for any damages, losses, costs, expenses, claims or actions whatsoever arising directly or indirectly from the use of the Proposal Information pursuant to the Proposal Information </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> or to any other Person for any damages, losses, costs, expenses, claims or actions whatsoever arising directly or indirectly from the use of the Proposal Information pursuant to the Proposal Information Licence.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E0306E" w14:textId="69B52897" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="306" w:name="_Ref488246928"/>
       <w:bookmarkStart w:id="307" w:name="_Ref147933430"/>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">For the purpose of this </w:t>
       </w:r>
@@ -15436,61 +15489,52 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> any </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Manitoba</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> action or proceeding relating to the RFP Process on any jurisdictional basis, including </w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">forum non </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>forum non conveniens</w:t>
+      </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4B0A03" w14:textId="6A2B5ADF" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle15"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">it will not oppose the enforcement of any judgment or order duly obtained from a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Manitoba</w:t>
@@ -15549,124 +15593,88 @@
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> in any other jurisdiction</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCBDDFE" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle12"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="318" w:name="_Toc505939906"/>
       <w:bookmarkStart w:id="319" w:name="_Toc319050416"/>
       <w:bookmarkStart w:id="320" w:name="_Toc147070484"/>
       <w:bookmarkStart w:id="321" w:name="_Toc133586053"/>
       <w:bookmarkStart w:id="322" w:name="_Toc147992986"/>
       <w:bookmarkStart w:id="323" w:name="_Toc147993271"/>
       <w:bookmarkStart w:id="324" w:name="_Toc199496445"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t>Licences</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> and Permits</w:t>
+        <w:t>Licences and Permits</w:t>
       </w:r>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
       <w:bookmarkEnd w:id="324"/>
     </w:p>
     <w:p w14:paraId="64104F5C" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">If a Proponent is required by Governing Law to hold or obtain a </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00645CC2">
+        <w:t>If a Proponent is required by Governing Law to hold or obtain a licence, permit, consent or authorization to carry on an activity contemplated in its Proposal, neither acceptance of the Proposal nor execution of the Final Agreement will be considered to be approval by</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t>licence</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> the City</w:t>
+      </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t>, permit, consent or authorization to carry on an activity contemplated in its Proposal, neither acceptance of the Proposal nor execution of the Final Agreement will be considered to be approval by</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">, permit, consent or authorization.  </w:t>
+        <w:t xml:space="preserve"> of carrying on such activity without the requisite licence, permit, consent or authorization.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60C16073" w14:textId="104DC526" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle12"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="325" w:name="_Toc319050417"/>
       <w:bookmarkStart w:id="326" w:name="_Ref319511734"/>
       <w:bookmarkStart w:id="327" w:name="_Ref408493936"/>
       <w:bookmarkStart w:id="328" w:name="_Ref488247225"/>
       <w:bookmarkStart w:id="329" w:name="_Ref512269612"/>
       <w:bookmarkStart w:id="330" w:name="_Toc147070485"/>
       <w:bookmarkStart w:id="331" w:name="_Toc133586054"/>
       <w:bookmarkStart w:id="332" w:name="_Toc147992987"/>
       <w:bookmarkStart w:id="333" w:name="_Toc147993272"/>
       <w:bookmarkStart w:id="334" w:name="_Toc199496446"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
@@ -15902,59 +15910,51 @@
     <w:p w14:paraId="6758DBB7" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="0F3DDB8F" w:rsidP="10F4E356">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle12"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="352" w:name="_Toc147992990"/>
       <w:bookmarkStart w:id="353" w:name="_Toc147993275"/>
       <w:bookmarkStart w:id="354" w:name="_Toc199496449"/>
       <w:r w:rsidRPr="10F4E356">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>Unfair Labour Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="352"/>
       <w:bookmarkEnd w:id="353"/>
       <w:bookmarkEnd w:id="354"/>
     </w:p>
     <w:p w14:paraId="56F1FA1C" w14:textId="532A00F9" w:rsidR="00ED58AF" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The City of Winnipeg is committed to, and requires its Contractors and their Subcontractors to be committed to, upholding and promoting international human and </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> rights, including fundamental principles and rights at work covered by the United Nations Universal Declaration of Human Rights (the “</w:t>
+        <w:t>The City of Winnipeg is committed to, and requires its Contractors and their Subcontractors to be committed to, upholding and promoting international human and labour rights, including fundamental principles and rights at work covered by the United Nations Universal Declaration of Human Rights (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2892">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>UDHR</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00594578">
           <w:rPr>
             <w:color w:val="0000FF" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.un.org/en/about-us/universal-declaration-of-human-rights</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">) and the International Labour Organization (the “ILO”, </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00594578">
           <w:rPr>
@@ -16246,51 +16246,65 @@
         <w:pStyle w:val="CorporateArticle15"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="370" w:name="_Ref57815729"/>
       <w:r w:rsidRPr="00202E4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>require the removal and replacement of any Advisor that has a Conflict of Interest that the City, in its sole discretion, determines cannot be managed, mitigated, minimized or otherwise resolved;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="370"/>
     </w:p>
     <w:p w14:paraId="7811E3AC" w14:textId="254573B9" w:rsidR="00ED58AF" w:rsidRPr="00202E4B" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle15"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00202E4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">disqualify any Proponent that fails to comply with any requirements prescribed by the City pursuant to </w:t>
+        <w:t xml:space="preserve">disqualify any Proponent that fails to comply with any requirements prescribed by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00202E4B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00202E4B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to </w:t>
       </w:r>
       <w:r w:rsidR="00C81C86">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00C81C86">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref57814976 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00C81C86">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C81C86">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -16373,51 +16387,65 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E67E6B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5.1.4</w:t>
       </w:r>
       <w:r w:rsidR="00C81C86">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00202E4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>, the City may, in its sole discretion, waive any and all Conflicts of Interest of Proponents or any of their respective Advisors.  A waiver may be upon such terms and conditions as the City, in its sole discretion, requires to satisfy itself that the Conflict of Interest has been appropriately managed, mitigated and minimized, including requiring the Proponent to put into place such policies, procedures, measures and other safeguards as may be required by and be acceptable to the City, in its sole discretion, to manage, mitigate and minimize the impact of such Conflict of Interest.</w:t>
+        <w:t xml:space="preserve">, the City may, in its sole discretion, waive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00202E4B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>any and all</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00202E4B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conflicts of Interest of Proponents or any of their respective Advisors.  A waiver may be upon such terms and conditions as the City, in its sole discretion, requires to satisfy itself that the Conflict of Interest has been appropriately managed, mitigated and minimized, including requiring the Proponent to put into place such policies, procedures, measures and other safeguards as may be required by and be acceptable to the City, in its sole discretion, to manage, mitigate and minimize the impact of such Conflict of Interest.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="371"/>
     </w:p>
     <w:p w14:paraId="7B7230B3" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="00202E4B" w:rsidRDefault="00C34FF2" w:rsidP="005D2F4E">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle13"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="372" w:name="_Ref57814937"/>
       <w:r w:rsidRPr="00202E4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>For the purposes of this RFP Process, “</w:t>
       </w:r>
       <w:r w:rsidRPr="00202E4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Conflict of Interest</w:t>
       </w:r>
@@ -18255,51 +18283,65 @@
       </w:r>
       <w:r w:rsidRPr="004315E2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D6438CC" w14:textId="5BD11271" w:rsidR="00ED58AF" w:rsidRPr="004315E2" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle16"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004315E2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>the Proponent fails to comply with any requirements prescribed by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the City </w:t>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004315E2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">pursuant to </w:t>
       </w:r>
       <w:r w:rsidR="00BF0E85">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00BF0E85">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref57814976 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00BF0E85">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
@@ -18754,65 +18796,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> the City</w:t>
       </w:r>
       <w:r w:rsidRPr="00B0333D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="598FBEC1" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="00B0333D" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle15"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B0333D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">there are any convictions related to inappropriate bidding practices or unethical </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> by a Proponent or any of their Affiliates in relation to a public or broader public sector tender or procurement in any Canadian jurisdiction; or</w:t>
+        <w:t>there are any convictions related to inappropriate bidding practices or unethical behaviour by a Proponent or any of their Affiliates in relation to a public or broader public sector tender or procurement in any Canadian jurisdiction; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A95D324" w14:textId="77777777" w:rsidR="00ED58AF" w:rsidRPr="00B0333D" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle15"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B0333D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a Proponent engages in any activity which, at the sole discretion of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> the City</w:t>
       </w:r>
       <w:r w:rsidRPr="00B0333D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
@@ -19888,65 +19916,51 @@
       </w:r>
       <w:r w:rsidR="00C34FF2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>he City</w:t>
       </w:r>
       <w:r w:rsidR="00C34FF2" w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> may, in its sole discretion, enter into negotiations with any Proponent, Person or Persons with respect to the Goods and/or Services that are the subject of the RFP Documents;  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F6104C4" w14:textId="6AB31998" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle15"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">while a Proponent will likely be evaluated more </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> if its </w:t>
+        <w:t xml:space="preserve">while a Proponent will likely be evaluated more favourably if its </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Pricing </w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Proposal is in the format set out in Schedule D – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Pricing Form</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and meets the requirements of this RFP, a Proponent is not obligated but is strongly encouraged to comply with Schedule D – </w:t>
       </w:r>
@@ -20217,58 +20231,80 @@
         </w:rPr>
         <w:t>isqualification must</w:t>
       </w:r>
       <w:r w:rsidR="000067AE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> adhered to by all </w:t>
       </w:r>
       <w:r w:rsidR="000067AE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>roponents in order to participate in the RFP process</w:t>
+        <w:t xml:space="preserve">roponents </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participate in the RFP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>process</w:t>
       </w:r>
       <w:r w:rsidR="000067AE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7749F23C" w14:textId="5C1F8F4A" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle15"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>in connection with negotiations contemplated in the RFP Documents,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> the City</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> may, in its sole discretion, request any supplementary information whatsoever from a Proponent after the</w:t>
@@ -22991,148 +23027,150 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0088596D">
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E67E6B">
         <w:t>4.12.5</w:t>
       </w:r>
       <w:r w:rsidR="0088596D">
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31558CB8" w14:textId="180D3DAA" w:rsidR="00CD5B74" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
+    <w:p w14:paraId="31558CB8" w14:textId="5CDF9A9C" w:rsidR="00CD5B74" w:rsidRDefault="00C34FF2" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle179"/>
       </w:pPr>
       <w:r w:rsidRPr="00560856">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Proposal Information </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Proposal Information Licence</w:t>
+      </w:r>
       <w:r w:rsidRPr="00645CC2">
         <w:t xml:space="preserve">” is defined in </w:t>
       </w:r>
       <w:r w:rsidR="0088596D">
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0088596D">
         <w:instrText xml:space="preserve"> REF _Ref174092858 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="0088596D">
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0088596D">
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E67E6B">
         <w:t>4.12.3</w:t>
       </w:r>
       <w:r w:rsidR="0088596D">
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0FA95C38" w14:textId="27DEE76D" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00CD5B74" w:rsidP="0086390C">
+      <w:r w:rsidR="00EA4937">
+        <w:rPr>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA95C38" w14:textId="20F4C265" w:rsidR="00ED58AF" w:rsidRPr="00645CC2" w:rsidRDefault="00CD5B74" w:rsidP="0086390C">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle179"/>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="2B5D2549">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Proposed Solution</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">” means the </w:t>
       </w:r>
       <w:r w:rsidR="0079301D">
         <w:t>goods and/or services offered by a Proponent, which it includes in its Proposal as meeting the Procurement Objectives. For the purposes of this RFP the Proposed Solution includes software as a service, infrastructure as a service, and/or platform as a service, collectively</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and includes any relevant </w:t>
       </w:r>
       <w:r w:rsidR="002C5214">
         <w:t>services such as data migration, configuration, support, training, or customization</w:t>
       </w:r>
       <w:r>
         <w:t>, which will be provided by the Successful Proponent</w:t>
       </w:r>
       <w:r w:rsidR="00A47D71">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or by the Solution Vendor</w:t>
       </w:r>
       <w:r w:rsidR="00A47D71">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t>pursuant to the Final Agreement.</w:t>
+        <w:t>pursuant to the Final Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4937">
+        <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00DD7BCC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B7616A" w14:textId="506BB24F" w:rsidR="002D01DF" w:rsidRPr="00885D3C" w:rsidRDefault="002D01DF" w:rsidP="002D01DF">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle179"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="2B5D2549">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Rectification </w:t>
       </w:r>
       <w:r w:rsidR="0022042F">
         <w:rPr>
           <w:b/>
@@ -23763,100 +23801,156 @@
         </w:rPr>
         <w:t>3.3.1(b)</w:t>
       </w:r>
       <w:r w:rsidR="0088596D" w:rsidRPr="00885D3C">
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00885D3C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00B55B86" w:rsidRPr="00885D3C" w:rsidDel="00B55B86">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4218EA81" w14:textId="1E726127" w:rsidR="007D5F41" w:rsidRPr="00885D3C" w:rsidRDefault="005C61E3" w:rsidP="002F5D04">
+    <w:p w14:paraId="6ED89E98" w14:textId="77777777" w:rsidR="00EA4937" w:rsidRDefault="005C61E3" w:rsidP="00EA4937">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle179"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00885D3C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00E82116" w:rsidRPr="00885D3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00885D3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ole </w:t>
       </w:r>
       <w:r w:rsidR="00E82116" w:rsidRPr="00885D3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00885D3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>iscretion</w:t>
       </w:r>
       <w:r w:rsidRPr="00885D3C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>” includes sole and absolute, and unfettered discretion;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739E7BC8" w14:textId="1FD79689" w:rsidR="00EA4937" w:rsidRPr="00EA4937" w:rsidRDefault="00EA4937" w:rsidP="00EA4937">
+      <w:pPr>
+        <w:pStyle w:val="CorporateArticle179"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA4937">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4937">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Solution Vendor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4937">
+        <w:t xml:space="preserve">” means the entity that owns, hosts, and maintains </w:t>
+      </w:r>
+      <w:r>
+        <w:t>part of the Proposed Solution, which may consist of one or more of, (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4937">
+        <w:t>nfrastructure-as-a-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4937">
+        <w:t>ervice</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, (ii) software</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4937">
+        <w:t>-as-a-service</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, (iii) platform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4937">
+        <w:t>-as-a-service</w:t>
+      </w:r>
+      <w:r w:rsidR="0033339E">
+        <w:t>. A Solution Vendor is not a subcontractor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C17147D" w14:textId="35FED807" w:rsidR="00DE74CF" w:rsidRDefault="00B97561" w:rsidP="00B97561">
       <w:pPr>
         <w:pStyle w:val="CorporateArticle179"/>
       </w:pPr>
       <w:r w:rsidRPr="00885D3C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00885D3C">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Submission</w:t>
       </w:r>
       <w:r w:rsidRPr="00885D3C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
@@ -24152,71 +24246,71 @@
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADEA" wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADIA" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADMA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADQA" wne:acdName="acd19" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADUA" wne:acdName="acd20" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADYA" wne:acdName="acd21" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcA" wne:acdName="acd22" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA4AA==" wne:acdName="acd23" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAG8AcgBwAG8AcgBhAHQAZQBfAEEAcgB0AGkAYwBsAGUAMQBfADcAIAA5AA==" wne:acdName="acd24" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17E0E4C1" w14:textId="77777777" w:rsidR="004D6D6E" w:rsidRDefault="004D6D6E">
+    <w:p w14:paraId="23C6E805" w14:textId="77777777" w:rsidR="001305B6" w:rsidRDefault="001305B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B58B2CE" w14:textId="77777777" w:rsidR="004D6D6E" w:rsidRDefault="004D6D6E">
+    <w:p w14:paraId="76643F35" w14:textId="77777777" w:rsidR="001305B6" w:rsidRDefault="001305B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25F6C018" w14:textId="77777777" w:rsidR="004D6D6E" w:rsidRDefault="004D6D6E">
+    <w:p w14:paraId="06145A1E" w14:textId="77777777" w:rsidR="001305B6" w:rsidRDefault="001305B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -24312,71 +24406,71 @@
     <w:r w:rsidRPr="00763845">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>) –</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> IT</w:t>
     </w:r>
     <w:r w:rsidRPr="00763845">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Goods and/or Services</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E7E1FC8" w14:textId="77777777" w:rsidR="004D6D6E" w:rsidRDefault="004D6D6E">
+    <w:p w14:paraId="4C905AF9" w14:textId="77777777" w:rsidR="001305B6" w:rsidRDefault="001305B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4680DB41" w14:textId="77777777" w:rsidR="004D6D6E" w:rsidRDefault="004D6D6E">
+    <w:p w14:paraId="47BD1A18" w14:textId="77777777" w:rsidR="001305B6" w:rsidRDefault="001305B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D50508F" w14:textId="77777777" w:rsidR="004D6D6E" w:rsidRDefault="004D6D6E">
+    <w:p w14:paraId="3939D686" w14:textId="77777777" w:rsidR="001305B6" w:rsidRDefault="001305B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
@@ -24680,51 +24774,51 @@
               </w:rPr>
               <w:id w:val="1664043349"/>
               <w:placeholder>
                 <w:docPart w:val="C0B7E396F62B49A0B1DBA6A317508B07"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:description[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00F040CD" w:rsidRPr="0041120B">
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                 </w:rPr>
                 <w:t>Click or tap here to enter text.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2690" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4C561955" w14:textId="5F50A143" w:rsidR="00547908" w:rsidRPr="00BC6D45" w:rsidRDefault="00547908" w:rsidP="001C7BAE">
+        <w:p w14:paraId="4C561955" w14:textId="6B3517EE" w:rsidR="00547908" w:rsidRPr="00BC6D45" w:rsidRDefault="00547908" w:rsidP="001C7BAE">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
@@ -24764,51 +24858,51 @@
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="2B579A"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:instrText xml:space="preserve"> SECTIONPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="2B579A"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003A0942">
+          <w:r w:rsidR="00ED6837">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="2B579A"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00547908" w:rsidRPr="00425724" w14:paraId="001E7AA6" w14:textId="77777777" w:rsidTr="006737F1">
       <w:tblPrEx>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPrEx>
       <w:tc>
         <w:tcPr>
@@ -24979,51 +25073,51 @@
               </w:rPr>
               <w:id w:val="-1650278362"/>
               <w:placeholder>
                 <w:docPart w:val="C5AE643716C04BA3A63974670D750604"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:description[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00F040CD" w:rsidRPr="0041120B">
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                 </w:rPr>
                 <w:t>Click or tap here to enter text.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2690" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2559EFDB" w14:textId="7BF6C473" w:rsidR="00547908" w:rsidRPr="00BC6D45" w:rsidRDefault="00547908" w:rsidP="001C7BAE">
+        <w:p w14:paraId="2559EFDB" w14:textId="03C82D74" w:rsidR="00547908" w:rsidRPr="00BC6D45" w:rsidRDefault="00547908" w:rsidP="001C7BAE">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
@@ -25063,51 +25157,51 @@
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="2B579A"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:instrText xml:space="preserve"> SECTIONPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="2B579A"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003A0942">
+          <w:r w:rsidR="00ED6837">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:t>23</w:t>
           </w:r>
           <w:r w:rsidRPr="00BC6D45">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="2B579A"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00547908" w:rsidRPr="00425724" w14:paraId="2AE84D6E" w14:textId="77777777" w:rsidTr="006737F1">
       <w:tblPrEx>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPrEx>
       <w:tc>
         <w:tcPr>
@@ -31767,51 +31861,51 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="85" w16cid:durableId="1574700217">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="86" w16cid:durableId="1793597031">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="87" w16cid:durableId="527063962">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="88" w16cid:durableId="1442451743">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="89" w16cid:durableId="999117748">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="89"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -31844,50 +31938,51 @@
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="000A043B"/>
     <w:rsid w:val="00001E73"/>
     <w:rsid w:val="0000280D"/>
     <w:rsid w:val="000031FB"/>
     <w:rsid w:val="00004BD0"/>
     <w:rsid w:val="000052C1"/>
     <w:rsid w:val="00005FBD"/>
     <w:rsid w:val="000067AE"/>
     <w:rsid w:val="00007450"/>
     <w:rsid w:val="00007B56"/>
     <w:rsid w:val="00007EB9"/>
     <w:rsid w:val="00007F54"/>
     <w:rsid w:val="000119EB"/>
     <w:rsid w:val="00011B52"/>
     <w:rsid w:val="0001364A"/>
     <w:rsid w:val="0001367B"/>
     <w:rsid w:val="00015607"/>
     <w:rsid w:val="00017A8B"/>
     <w:rsid w:val="0002082E"/>
     <w:rsid w:val="00020E46"/>
     <w:rsid w:val="00023758"/>
     <w:rsid w:val="00023C16"/>
     <w:rsid w:val="000249B7"/>
+    <w:rsid w:val="00024FDB"/>
     <w:rsid w:val="00025943"/>
     <w:rsid w:val="00025BF3"/>
     <w:rsid w:val="000262EF"/>
     <w:rsid w:val="0002653F"/>
     <w:rsid w:val="00026A80"/>
     <w:rsid w:val="00026BAE"/>
     <w:rsid w:val="000270DA"/>
     <w:rsid w:val="00027357"/>
     <w:rsid w:val="000303B4"/>
     <w:rsid w:val="00032554"/>
     <w:rsid w:val="00032E8D"/>
     <w:rsid w:val="000347F5"/>
     <w:rsid w:val="00034820"/>
     <w:rsid w:val="0003691D"/>
     <w:rsid w:val="00041AA5"/>
     <w:rsid w:val="00042405"/>
     <w:rsid w:val="000424B1"/>
     <w:rsid w:val="00042D36"/>
     <w:rsid w:val="00043110"/>
     <w:rsid w:val="00043B45"/>
     <w:rsid w:val="0004437D"/>
     <w:rsid w:val="0004455E"/>
     <w:rsid w:val="00044C32"/>
     <w:rsid w:val="00045D3A"/>
     <w:rsid w:val="00046152"/>
@@ -32005,50 +32100,51 @@
     <w:rsid w:val="00104787"/>
     <w:rsid w:val="0010589B"/>
     <w:rsid w:val="00105D46"/>
     <w:rsid w:val="00105E83"/>
     <w:rsid w:val="00107107"/>
     <w:rsid w:val="00110FC6"/>
     <w:rsid w:val="00111147"/>
     <w:rsid w:val="00112ADE"/>
     <w:rsid w:val="0011416C"/>
     <w:rsid w:val="001142AC"/>
     <w:rsid w:val="001148EE"/>
     <w:rsid w:val="00114C49"/>
     <w:rsid w:val="00114E87"/>
     <w:rsid w:val="001159A4"/>
     <w:rsid w:val="001161BA"/>
     <w:rsid w:val="0011629C"/>
     <w:rsid w:val="0011710D"/>
     <w:rsid w:val="00122FDB"/>
     <w:rsid w:val="001252E0"/>
     <w:rsid w:val="00125D8E"/>
     <w:rsid w:val="00125F85"/>
     <w:rsid w:val="00126935"/>
     <w:rsid w:val="00127091"/>
     <w:rsid w:val="00127306"/>
     <w:rsid w:val="001303C2"/>
+    <w:rsid w:val="001305B6"/>
     <w:rsid w:val="001315D6"/>
     <w:rsid w:val="00132452"/>
     <w:rsid w:val="00132D48"/>
     <w:rsid w:val="00133A88"/>
     <w:rsid w:val="00133C3F"/>
     <w:rsid w:val="001354D2"/>
     <w:rsid w:val="001368F7"/>
     <w:rsid w:val="00140004"/>
     <w:rsid w:val="00141246"/>
     <w:rsid w:val="00141983"/>
     <w:rsid w:val="00141A31"/>
     <w:rsid w:val="00142817"/>
     <w:rsid w:val="0014341E"/>
     <w:rsid w:val="00143B97"/>
     <w:rsid w:val="00145B6D"/>
     <w:rsid w:val="00147426"/>
     <w:rsid w:val="0014785E"/>
     <w:rsid w:val="00147D76"/>
     <w:rsid w:val="0015101E"/>
     <w:rsid w:val="00153153"/>
     <w:rsid w:val="0015359B"/>
     <w:rsid w:val="001535D4"/>
     <w:rsid w:val="00153777"/>
     <w:rsid w:val="00154B0D"/>
     <w:rsid w:val="00155466"/>
@@ -32328,50 +32424,51 @@
     <w:rsid w:val="003033F1"/>
     <w:rsid w:val="003039F5"/>
     <w:rsid w:val="0030600F"/>
     <w:rsid w:val="00306586"/>
     <w:rsid w:val="00307889"/>
     <w:rsid w:val="0031292A"/>
     <w:rsid w:val="00313334"/>
     <w:rsid w:val="003136A8"/>
     <w:rsid w:val="003145BF"/>
     <w:rsid w:val="00314871"/>
     <w:rsid w:val="00315AF4"/>
     <w:rsid w:val="00315F5B"/>
     <w:rsid w:val="00317289"/>
     <w:rsid w:val="0032126B"/>
     <w:rsid w:val="00321ED6"/>
     <w:rsid w:val="00322BB5"/>
     <w:rsid w:val="00323E05"/>
     <w:rsid w:val="00324DDD"/>
     <w:rsid w:val="0032564D"/>
     <w:rsid w:val="00325AC3"/>
     <w:rsid w:val="0032676D"/>
     <w:rsid w:val="00327573"/>
     <w:rsid w:val="00327D01"/>
     <w:rsid w:val="0033133E"/>
     <w:rsid w:val="00331967"/>
+    <w:rsid w:val="0033339E"/>
     <w:rsid w:val="00333F96"/>
     <w:rsid w:val="00334048"/>
     <w:rsid w:val="0033454F"/>
     <w:rsid w:val="00334BC5"/>
     <w:rsid w:val="0033570C"/>
     <w:rsid w:val="00335C6D"/>
     <w:rsid w:val="0034152E"/>
     <w:rsid w:val="00341AD5"/>
     <w:rsid w:val="00345D37"/>
     <w:rsid w:val="0035012C"/>
     <w:rsid w:val="00351264"/>
     <w:rsid w:val="0035239D"/>
     <w:rsid w:val="003529DE"/>
     <w:rsid w:val="0035389B"/>
     <w:rsid w:val="003538C1"/>
     <w:rsid w:val="003538D4"/>
     <w:rsid w:val="00354A15"/>
     <w:rsid w:val="00354B99"/>
     <w:rsid w:val="00354E30"/>
     <w:rsid w:val="00355EDF"/>
     <w:rsid w:val="00356F11"/>
     <w:rsid w:val="00357579"/>
     <w:rsid w:val="003576C1"/>
     <w:rsid w:val="0035796A"/>
     <w:rsid w:val="0036007E"/>
@@ -32543,50 +32640,51 @@
     <w:rsid w:val="00481A63"/>
     <w:rsid w:val="00482D5B"/>
     <w:rsid w:val="0048522C"/>
     <w:rsid w:val="0048552B"/>
     <w:rsid w:val="00486009"/>
     <w:rsid w:val="00486798"/>
     <w:rsid w:val="00486B01"/>
     <w:rsid w:val="004872FA"/>
     <w:rsid w:val="004876B0"/>
     <w:rsid w:val="00487904"/>
     <w:rsid w:val="00490168"/>
     <w:rsid w:val="004910A9"/>
     <w:rsid w:val="00491763"/>
     <w:rsid w:val="004926EE"/>
     <w:rsid w:val="00493786"/>
     <w:rsid w:val="0049426D"/>
     <w:rsid w:val="00494E4B"/>
     <w:rsid w:val="004952C9"/>
     <w:rsid w:val="00495C9B"/>
     <w:rsid w:val="00495CE1"/>
     <w:rsid w:val="004967B3"/>
     <w:rsid w:val="00497B4D"/>
     <w:rsid w:val="004A2040"/>
     <w:rsid w:val="004A2342"/>
     <w:rsid w:val="004A2813"/>
+    <w:rsid w:val="004A4672"/>
     <w:rsid w:val="004A4CC8"/>
     <w:rsid w:val="004A510F"/>
     <w:rsid w:val="004A56BC"/>
     <w:rsid w:val="004A5C75"/>
     <w:rsid w:val="004A7467"/>
     <w:rsid w:val="004B17F2"/>
     <w:rsid w:val="004B2658"/>
     <w:rsid w:val="004B2E1D"/>
     <w:rsid w:val="004B40C2"/>
     <w:rsid w:val="004B54B5"/>
     <w:rsid w:val="004B5658"/>
     <w:rsid w:val="004B59AB"/>
     <w:rsid w:val="004B5D30"/>
     <w:rsid w:val="004B5FCF"/>
     <w:rsid w:val="004B7566"/>
     <w:rsid w:val="004B7F52"/>
     <w:rsid w:val="004C0311"/>
     <w:rsid w:val="004C0892"/>
     <w:rsid w:val="004C0A57"/>
     <w:rsid w:val="004C0BB7"/>
     <w:rsid w:val="004C1497"/>
     <w:rsid w:val="004C31C8"/>
     <w:rsid w:val="004C5811"/>
     <w:rsid w:val="004C63C0"/>
     <w:rsid w:val="004C642A"/>
@@ -33140,50 +33238,51 @@
     <w:rsid w:val="00841B77"/>
     <w:rsid w:val="00841DC3"/>
     <w:rsid w:val="00841F16"/>
     <w:rsid w:val="00843AEE"/>
     <w:rsid w:val="00843FF7"/>
     <w:rsid w:val="008463E2"/>
     <w:rsid w:val="00847170"/>
     <w:rsid w:val="008503B4"/>
     <w:rsid w:val="00851251"/>
     <w:rsid w:val="00851A16"/>
     <w:rsid w:val="00852931"/>
     <w:rsid w:val="00853B4B"/>
     <w:rsid w:val="00854297"/>
     <w:rsid w:val="008544BE"/>
     <w:rsid w:val="008544DE"/>
     <w:rsid w:val="00854E9A"/>
     <w:rsid w:val="008558E3"/>
     <w:rsid w:val="00855BD9"/>
     <w:rsid w:val="00855BF2"/>
     <w:rsid w:val="00857D16"/>
     <w:rsid w:val="0086253B"/>
     <w:rsid w:val="0086390C"/>
     <w:rsid w:val="008641E4"/>
     <w:rsid w:val="00865785"/>
     <w:rsid w:val="008670FE"/>
+    <w:rsid w:val="00870097"/>
     <w:rsid w:val="0087088B"/>
     <w:rsid w:val="00871340"/>
     <w:rsid w:val="00872976"/>
     <w:rsid w:val="00872B26"/>
     <w:rsid w:val="008733FD"/>
     <w:rsid w:val="00874054"/>
     <w:rsid w:val="00875005"/>
     <w:rsid w:val="0087563F"/>
     <w:rsid w:val="008756FC"/>
     <w:rsid w:val="00875AD9"/>
     <w:rsid w:val="008808D0"/>
     <w:rsid w:val="00880D2D"/>
     <w:rsid w:val="00880F86"/>
     <w:rsid w:val="008812EA"/>
     <w:rsid w:val="008825F0"/>
     <w:rsid w:val="00882853"/>
     <w:rsid w:val="00884658"/>
     <w:rsid w:val="008847BD"/>
     <w:rsid w:val="0088596D"/>
     <w:rsid w:val="00885A0A"/>
     <w:rsid w:val="00885D3C"/>
     <w:rsid w:val="00886463"/>
     <w:rsid w:val="00886806"/>
     <w:rsid w:val="00890501"/>
     <w:rsid w:val="00890A7C"/>
@@ -33353,50 +33452,51 @@
     <w:rsid w:val="009A4378"/>
     <w:rsid w:val="009A4A52"/>
     <w:rsid w:val="009A5ABC"/>
     <w:rsid w:val="009B00F1"/>
     <w:rsid w:val="009B02DC"/>
     <w:rsid w:val="009B0B30"/>
     <w:rsid w:val="009B2CBA"/>
     <w:rsid w:val="009B354D"/>
     <w:rsid w:val="009B420A"/>
     <w:rsid w:val="009B5416"/>
     <w:rsid w:val="009B6D15"/>
     <w:rsid w:val="009B70C1"/>
     <w:rsid w:val="009C0631"/>
     <w:rsid w:val="009C0CCB"/>
     <w:rsid w:val="009C0E2C"/>
     <w:rsid w:val="009C1F5F"/>
     <w:rsid w:val="009C46A7"/>
     <w:rsid w:val="009C4F7E"/>
     <w:rsid w:val="009C5945"/>
     <w:rsid w:val="009C5BA2"/>
     <w:rsid w:val="009C5CEB"/>
     <w:rsid w:val="009C64F9"/>
     <w:rsid w:val="009C757E"/>
     <w:rsid w:val="009D049B"/>
     <w:rsid w:val="009D14B0"/>
+    <w:rsid w:val="009D1A29"/>
     <w:rsid w:val="009D1A9F"/>
     <w:rsid w:val="009D2E3E"/>
     <w:rsid w:val="009D3298"/>
     <w:rsid w:val="009D37A6"/>
     <w:rsid w:val="009D5100"/>
     <w:rsid w:val="009D521F"/>
     <w:rsid w:val="009E0024"/>
     <w:rsid w:val="009E12A6"/>
     <w:rsid w:val="009E15F5"/>
     <w:rsid w:val="009E1C37"/>
     <w:rsid w:val="009E2E20"/>
     <w:rsid w:val="009E4C9B"/>
     <w:rsid w:val="009E4CDC"/>
     <w:rsid w:val="009E55D4"/>
     <w:rsid w:val="009E6736"/>
     <w:rsid w:val="009E6B70"/>
     <w:rsid w:val="009E729B"/>
     <w:rsid w:val="009F0A48"/>
     <w:rsid w:val="009F0CCB"/>
     <w:rsid w:val="009F1539"/>
     <w:rsid w:val="009F26B1"/>
     <w:rsid w:val="009F2B27"/>
     <w:rsid w:val="009F2CCD"/>
     <w:rsid w:val="009F4B63"/>
     <w:rsid w:val="009F5B13"/>
@@ -33718,50 +33818,51 @@
     <w:rsid w:val="00C15824"/>
     <w:rsid w:val="00C15A37"/>
     <w:rsid w:val="00C15A6D"/>
     <w:rsid w:val="00C16028"/>
     <w:rsid w:val="00C168FE"/>
     <w:rsid w:val="00C17222"/>
     <w:rsid w:val="00C173AF"/>
     <w:rsid w:val="00C21462"/>
     <w:rsid w:val="00C217A7"/>
     <w:rsid w:val="00C21CB7"/>
     <w:rsid w:val="00C25BD4"/>
     <w:rsid w:val="00C26D36"/>
     <w:rsid w:val="00C26FB1"/>
     <w:rsid w:val="00C275BC"/>
     <w:rsid w:val="00C3213E"/>
     <w:rsid w:val="00C32D81"/>
     <w:rsid w:val="00C343F0"/>
     <w:rsid w:val="00C346B8"/>
     <w:rsid w:val="00C34FF2"/>
     <w:rsid w:val="00C35EAE"/>
     <w:rsid w:val="00C37907"/>
     <w:rsid w:val="00C40ADC"/>
     <w:rsid w:val="00C410E3"/>
     <w:rsid w:val="00C42C8D"/>
     <w:rsid w:val="00C45D8E"/>
+    <w:rsid w:val="00C46837"/>
     <w:rsid w:val="00C46DE7"/>
     <w:rsid w:val="00C47A6F"/>
     <w:rsid w:val="00C50174"/>
     <w:rsid w:val="00C50298"/>
     <w:rsid w:val="00C5071D"/>
     <w:rsid w:val="00C516A3"/>
     <w:rsid w:val="00C52355"/>
     <w:rsid w:val="00C52CA4"/>
     <w:rsid w:val="00C53E08"/>
     <w:rsid w:val="00C53F6C"/>
     <w:rsid w:val="00C545AF"/>
     <w:rsid w:val="00C554B9"/>
     <w:rsid w:val="00C563CA"/>
     <w:rsid w:val="00C56674"/>
     <w:rsid w:val="00C609CD"/>
     <w:rsid w:val="00C62504"/>
     <w:rsid w:val="00C62858"/>
     <w:rsid w:val="00C64029"/>
     <w:rsid w:val="00C649C9"/>
     <w:rsid w:val="00C6603B"/>
     <w:rsid w:val="00C6623E"/>
     <w:rsid w:val="00C66BCE"/>
     <w:rsid w:val="00C7020D"/>
     <w:rsid w:val="00C7084A"/>
     <w:rsid w:val="00C70A31"/>
@@ -34011,127 +34112,130 @@
     <w:rsid w:val="00E11CA2"/>
     <w:rsid w:val="00E12976"/>
     <w:rsid w:val="00E138CC"/>
     <w:rsid w:val="00E1421E"/>
     <w:rsid w:val="00E14B92"/>
     <w:rsid w:val="00E14DE3"/>
     <w:rsid w:val="00E159B8"/>
     <w:rsid w:val="00E16821"/>
     <w:rsid w:val="00E16AC9"/>
     <w:rsid w:val="00E17B48"/>
     <w:rsid w:val="00E2021D"/>
     <w:rsid w:val="00E21DD1"/>
     <w:rsid w:val="00E21DE7"/>
     <w:rsid w:val="00E239ED"/>
     <w:rsid w:val="00E255D7"/>
     <w:rsid w:val="00E3072F"/>
     <w:rsid w:val="00E32C4A"/>
     <w:rsid w:val="00E33C36"/>
     <w:rsid w:val="00E34104"/>
     <w:rsid w:val="00E34A86"/>
     <w:rsid w:val="00E34B0C"/>
     <w:rsid w:val="00E3636A"/>
     <w:rsid w:val="00E371C2"/>
     <w:rsid w:val="00E37CF9"/>
     <w:rsid w:val="00E40274"/>
+    <w:rsid w:val="00E415B2"/>
     <w:rsid w:val="00E434C9"/>
     <w:rsid w:val="00E4384E"/>
     <w:rsid w:val="00E43B42"/>
     <w:rsid w:val="00E44EF2"/>
     <w:rsid w:val="00E471D4"/>
     <w:rsid w:val="00E51BF2"/>
     <w:rsid w:val="00E528C9"/>
     <w:rsid w:val="00E538CB"/>
     <w:rsid w:val="00E54423"/>
     <w:rsid w:val="00E55D69"/>
     <w:rsid w:val="00E56731"/>
     <w:rsid w:val="00E57D71"/>
     <w:rsid w:val="00E60B53"/>
     <w:rsid w:val="00E60BCD"/>
     <w:rsid w:val="00E617E2"/>
     <w:rsid w:val="00E61944"/>
     <w:rsid w:val="00E61CF6"/>
     <w:rsid w:val="00E6246C"/>
     <w:rsid w:val="00E62F3A"/>
     <w:rsid w:val="00E6326B"/>
     <w:rsid w:val="00E634E1"/>
     <w:rsid w:val="00E636A7"/>
     <w:rsid w:val="00E636BA"/>
     <w:rsid w:val="00E64447"/>
     <w:rsid w:val="00E64830"/>
     <w:rsid w:val="00E66B78"/>
     <w:rsid w:val="00E67A00"/>
     <w:rsid w:val="00E67E6B"/>
     <w:rsid w:val="00E706B3"/>
     <w:rsid w:val="00E708FF"/>
     <w:rsid w:val="00E7201D"/>
     <w:rsid w:val="00E725D9"/>
     <w:rsid w:val="00E76B67"/>
     <w:rsid w:val="00E80AFE"/>
     <w:rsid w:val="00E80BD1"/>
     <w:rsid w:val="00E82116"/>
     <w:rsid w:val="00E83B09"/>
     <w:rsid w:val="00E83D81"/>
     <w:rsid w:val="00E85E94"/>
     <w:rsid w:val="00E90229"/>
     <w:rsid w:val="00E907A0"/>
     <w:rsid w:val="00E9231C"/>
     <w:rsid w:val="00E9421C"/>
     <w:rsid w:val="00E96AEB"/>
     <w:rsid w:val="00E97724"/>
     <w:rsid w:val="00E97AC7"/>
     <w:rsid w:val="00EA0EC1"/>
     <w:rsid w:val="00EA1880"/>
     <w:rsid w:val="00EA2BB4"/>
+    <w:rsid w:val="00EA4937"/>
     <w:rsid w:val="00EA559C"/>
     <w:rsid w:val="00EA6556"/>
     <w:rsid w:val="00EA7DF7"/>
     <w:rsid w:val="00EB134C"/>
     <w:rsid w:val="00EB20A2"/>
     <w:rsid w:val="00EB3CD9"/>
     <w:rsid w:val="00EB4BB9"/>
     <w:rsid w:val="00EB5776"/>
     <w:rsid w:val="00EB6399"/>
     <w:rsid w:val="00EB6B4C"/>
     <w:rsid w:val="00EC1552"/>
     <w:rsid w:val="00EC20BC"/>
     <w:rsid w:val="00EC2BF4"/>
     <w:rsid w:val="00EC345B"/>
     <w:rsid w:val="00EC4079"/>
     <w:rsid w:val="00EC44A2"/>
     <w:rsid w:val="00EC4A95"/>
     <w:rsid w:val="00EC4DD5"/>
     <w:rsid w:val="00EC4EC4"/>
     <w:rsid w:val="00EC5359"/>
     <w:rsid w:val="00EC6063"/>
     <w:rsid w:val="00EC6495"/>
     <w:rsid w:val="00ED028C"/>
     <w:rsid w:val="00ED12F3"/>
     <w:rsid w:val="00ED286C"/>
     <w:rsid w:val="00ED3B82"/>
     <w:rsid w:val="00ED58AF"/>
     <w:rsid w:val="00ED62EE"/>
+    <w:rsid w:val="00ED6837"/>
     <w:rsid w:val="00ED7485"/>
     <w:rsid w:val="00ED7929"/>
     <w:rsid w:val="00ED7985"/>
     <w:rsid w:val="00ED7BC2"/>
     <w:rsid w:val="00EE0602"/>
     <w:rsid w:val="00EE0C0E"/>
     <w:rsid w:val="00EE15CD"/>
     <w:rsid w:val="00EE2F79"/>
     <w:rsid w:val="00EE3FAE"/>
     <w:rsid w:val="00EE419C"/>
     <w:rsid w:val="00EE4BC9"/>
     <w:rsid w:val="00EE550F"/>
     <w:rsid w:val="00EE5FCC"/>
     <w:rsid w:val="00EE7CFC"/>
     <w:rsid w:val="00EF105C"/>
     <w:rsid w:val="00EF11CD"/>
     <w:rsid w:val="00EF2322"/>
     <w:rsid w:val="00EF2B7D"/>
     <w:rsid w:val="00EF369E"/>
     <w:rsid w:val="00EF3C00"/>
     <w:rsid w:val="00EF3ED2"/>
     <w:rsid w:val="00EF496D"/>
     <w:rsid w:val="00EF499F"/>
     <w:rsid w:val="00EF4B8E"/>
     <w:rsid w:val="00EF7A68"/>
@@ -34239,50 +34343,51 @@
     <w:rsid w:val="00F90D3E"/>
     <w:rsid w:val="00F92006"/>
     <w:rsid w:val="00F93498"/>
     <w:rsid w:val="00F93661"/>
     <w:rsid w:val="00F945F2"/>
     <w:rsid w:val="00F94A1D"/>
     <w:rsid w:val="00F95CEA"/>
     <w:rsid w:val="00F95E01"/>
     <w:rsid w:val="00F9687F"/>
     <w:rsid w:val="00F96DEE"/>
     <w:rsid w:val="00F977C0"/>
     <w:rsid w:val="00FA29AA"/>
     <w:rsid w:val="00FA5167"/>
     <w:rsid w:val="00FA60EF"/>
     <w:rsid w:val="00FA62EB"/>
     <w:rsid w:val="00FA6954"/>
     <w:rsid w:val="00FA6A48"/>
     <w:rsid w:val="00FB0361"/>
     <w:rsid w:val="00FB0C2C"/>
     <w:rsid w:val="00FB2272"/>
     <w:rsid w:val="00FB2EA2"/>
     <w:rsid w:val="00FB3349"/>
     <w:rsid w:val="00FB5C5B"/>
     <w:rsid w:val="00FB5F2C"/>
     <w:rsid w:val="00FB7C7D"/>
+    <w:rsid w:val="00FC2851"/>
     <w:rsid w:val="00FC2F24"/>
     <w:rsid w:val="00FC3A01"/>
     <w:rsid w:val="00FC4320"/>
     <w:rsid w:val="00FC438E"/>
     <w:rsid w:val="00FC484D"/>
     <w:rsid w:val="00FC5160"/>
     <w:rsid w:val="00FC6378"/>
     <w:rsid w:val="00FC713A"/>
     <w:rsid w:val="00FC7360"/>
     <w:rsid w:val="00FD01C5"/>
     <w:rsid w:val="00FD02B0"/>
     <w:rsid w:val="00FD049F"/>
     <w:rsid w:val="00FD0798"/>
     <w:rsid w:val="00FD07B5"/>
     <w:rsid w:val="00FD0841"/>
     <w:rsid w:val="00FD0E43"/>
     <w:rsid w:val="00FD218F"/>
     <w:rsid w:val="00FD2650"/>
     <w:rsid w:val="00FD35E7"/>
     <w:rsid w:val="00FD4BF4"/>
     <w:rsid w:val="00FD5291"/>
     <w:rsid w:val="00FD58EC"/>
     <w:rsid w:val="00FD5D96"/>
     <w:rsid w:val="00FD5EDD"/>
     <w:rsid w:val="00FD6985"/>
@@ -37258,57 +37363,63 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF4D5A"/>
+    <w:rsid w:val="00024FDB"/>
     <w:rsid w:val="000329BE"/>
     <w:rsid w:val="00163BD0"/>
+    <w:rsid w:val="00465A22"/>
     <w:rsid w:val="005571A9"/>
+    <w:rsid w:val="00725776"/>
     <w:rsid w:val="007A07A1"/>
+    <w:rsid w:val="00870097"/>
     <w:rsid w:val="00945003"/>
+    <w:rsid w:val="009D1A29"/>
     <w:rsid w:val="00CF4D5A"/>
     <w:rsid w:val="00D92050"/>
+    <w:rsid w:val="00E415B2"/>
     <w:rsid w:val="00F5791A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -38270,133 +38381,125 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D9C577E-DA97-44FC-8685-ACF8808F4B2C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD35B994-F084-486A-A9C8-E61EEA2484F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="698043da-f993-4b59-a6d6-e0d0e086e826"/>
     <ds:schemaRef ds:uri="ea4db526-9c98-4a93-bfcc-fc371e8fd2fa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB2C5505-D6CD-4721-931A-9D1FFAC54200}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AA3EB03-6B21-4E43-9A23-E83C7BDF4876}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>26</Pages>
-  <Words>11496</Words>
-  <Characters>67465</Characters>
+  <Words>11814</Words>
+  <Characters>67344</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>562</Lines>
+  <Lines>561</Lines>
   <Paragraphs>157</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Coleen Groening</Manager>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>78804</CharactersWithSpaces>
+  <CharactersWithSpaces>79001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Chimutsa, Ruvimbo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Template Version">
-    <vt:lpwstr>Negotiated RFP IT 2 Stage 2025 06 10</vt:lpwstr>
+    <vt:lpwstr>Negotiated RFP IT 2 Stage 2026 03 09</vt:lpwstr>
   </property>
 </Properties>
 </file>